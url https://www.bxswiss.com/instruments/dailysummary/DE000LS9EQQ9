--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b6f54c661874db9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde8ecc9e47c04839" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ebc2683bb3c49b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f96b96fb78f4213"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4856b2b020d46ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ebc2683bb3c49b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R676cee63f99745fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f96b96fb78f4213" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Szew Grundinvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.085,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.087,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.078,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.084,022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.091,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.095,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.087,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.095,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.139,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.138,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.138,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.151,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>