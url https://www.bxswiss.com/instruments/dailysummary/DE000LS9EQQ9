--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde8ecc9e47c04839" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd515db45edf54176" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f96b96fb78f4213"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8898a2b7a72b4ff1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R676cee63f99745fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f96b96fb78f4213" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf542734ae19444c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8898a2b7a72b4ff1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Szew Grundinvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.149,899</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.146,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.139,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.130,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.139,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.126,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.126,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.110,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.061,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.064,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.061,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.052,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.075,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.063,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.051,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.029,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.030,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.015,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.015,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.015,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.019,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.013,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.020,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.020,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.007,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.017,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.015,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.018,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.018,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.022,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.012,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.019,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.019,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>