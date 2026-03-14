--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd515db45edf54176" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92a126a750f14b01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8898a2b7a72b4ff1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7442a7ae765e4444"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf542734ae19444c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8898a2b7a72b4ff1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c91646b461b4200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7442a7ae765e4444" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Szew Grundinvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.057,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.057,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.047,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.051,736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.019,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.034,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.019,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.024,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.026,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.027,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.001,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>999,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.012,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>994,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>994,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>977,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>979,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>991,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.017,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>984,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.014,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.019,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>993,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.006,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>990,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>995,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>971,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>974,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>982,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>990,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>984,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>991,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.002,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>988,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>994,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.010,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.014,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>999,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.006,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>984,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>990,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>979,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>988,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.007,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>994,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>995,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>985,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>994,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>976,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>980,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>947,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>