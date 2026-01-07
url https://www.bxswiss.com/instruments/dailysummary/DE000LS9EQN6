--- v0 (2025-10-04)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a7722d6b8314da8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37949251249d4d78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb9a667454114dcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a21d1e5dc184e3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe97eaf228f04505" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb9a667454114dcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R987c7e24b8b848e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a21d1e5dc184e3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MiaSa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>680,408</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>