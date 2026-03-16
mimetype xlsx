--- v1 (2026-01-07)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37949251249d4d78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e831abeffbd4a05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a21d1e5dc184e3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62212fb89ee14f30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R987c7e24b8b848e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a21d1e5dc184e3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc42ff129f5de47de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62212fb89ee14f30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MiaSa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>689,348</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>