--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54594d0917ad4ba2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23b0d44279774c4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa9da8092e184b24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4db21b15c25f47f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc502cc67b2a04bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa9da8092e184b24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f0b8b9f3b5f47d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4db21b15c25f47f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Norwegische Nationalbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>