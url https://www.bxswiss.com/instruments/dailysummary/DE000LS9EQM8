--- v1 (2025-10-29)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23b0d44279774c4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb060923e957a4e2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4db21b15c25f47f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radcd7bd264ac4a3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f0b8b9f3b5f47d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4db21b15c25f47f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R353b8ca3926c427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radcd7bd264ac4a3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Norwegische Nationalbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>141,948</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,596</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>