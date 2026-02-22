--- v2 (2025-12-20)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb060923e957a4e2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1faab5b112141cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radcd7bd264ac4a3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a65de13ed114472"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R353b8ca3926c427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radcd7bd264ac4a3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dc39631709640eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a65de13ed114472" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Norwegische Nationalbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>146,596</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>