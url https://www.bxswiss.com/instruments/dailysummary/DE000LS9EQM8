--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1faab5b112141cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2ea980bb9074502" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a65de13ed114472"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46c2d83a33b84aae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dc39631709640eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a65de13ed114472" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8acbc2a28126430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46c2d83a33b84aae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Norwegische Nationalbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,666</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>