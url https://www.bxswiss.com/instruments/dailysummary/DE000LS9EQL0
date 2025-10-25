--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9fc4ab864e646ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R109e4577fb554fbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00198ad413a748b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2b714f857734014"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R104ed593c60c4bec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00198ad413a748b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R528ae9b99b8d4b55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2b714f857734014" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM HighDividend Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,395</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>