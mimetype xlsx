--- v1 (2025-10-25)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R109e4577fb554fbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f01a7502f764305" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2b714f857734014"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7ff162e7e884514"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R528ae9b99b8d4b55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2b714f857734014" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57ad4b2dedda4464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7ff162e7e884514" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM HighDividend Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>201,169</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,945</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.10.2025</x:t>
-[...73 lines deleted...]
-          <x:t>203,056</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>