--- v2 (2026-01-05)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f01a7502f764305" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68f03194ad714a9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7ff162e7e884514"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bede84fc0224ac4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57ad4b2dedda4464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7ff162e7e884514" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59221c6e27aa43f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bede84fc0224ac4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM HighDividend Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>204,405</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>