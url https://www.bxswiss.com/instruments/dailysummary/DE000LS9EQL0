--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68f03194ad714a9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R718969aaecf64366" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bede84fc0224ac4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab864e4174e14179"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59221c6e27aa43f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bede84fc0224ac4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R245b84cd19af4971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab864e4174e14179" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM HighDividend Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>210,492</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>208,780</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>212,350</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>212,003</x:t>
-[...323 lines deleted...]
-          <x:t>215,200</x:t>
+          <x:t>212,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>