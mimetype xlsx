--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6284704a4914042" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6447f19f75bd4bde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7420810757c140e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14f2afbdea3940d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8f632249e4f4f60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7420810757c140e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a53b19ea8e941ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14f2afbdea3940d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Trends and Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>477,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>478,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>473,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>475,152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>493,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>494,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>487,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>488,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>