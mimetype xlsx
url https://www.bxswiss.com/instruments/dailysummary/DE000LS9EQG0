--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6447f19f75bd4bde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cfff12049614124" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14f2afbdea3940d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6e5b7a41cae4622"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a53b19ea8e941ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14f2afbdea3940d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7c93a6c124748fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6e5b7a41cae4622" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Trends and Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>467,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>453,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>458,566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>451,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>452,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>450,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>