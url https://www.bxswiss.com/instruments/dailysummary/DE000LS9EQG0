--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cfff12049614124" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e5e98c6a7e41b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6e5b7a41cae4622"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48bf18bbcadd4765"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7c93a6c124748fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6e5b7a41cae4622" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71f6136883da4b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48bf18bbcadd4765" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Trends and Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>441,727</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>