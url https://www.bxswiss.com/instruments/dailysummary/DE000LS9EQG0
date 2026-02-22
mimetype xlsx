--- v3 (2025-12-20)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e5e98c6a7e41b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb3164384c044c51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48bf18bbcadd4765"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16a6bd1f10934507"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71f6136883da4b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48bf18bbcadd4765" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5626588aa1e04e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16a6bd1f10934507" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Trends and Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>425,514</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>