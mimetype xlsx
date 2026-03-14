--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb3164384c044c51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8ca5412f16f46ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16a6bd1f10934507"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fde1cef9057470d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5626588aa1e04e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16a6bd1f10934507" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80582921eaa74aa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fde1cef9057470d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Trends and Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>455,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>456,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>448,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>449,790</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>471,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>475,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>474,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,434</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>