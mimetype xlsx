--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3e0fecd6ad44344" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fd4212afc6d4462" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff34d775f22f4b0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86ebad6d01ec4ddf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64187bf799dd41bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff34d775f22f4b0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f4843bf8fab46d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86ebad6d01ec4ddf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Flop5 des Vorjahres</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>88,587</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,404</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>88,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,013</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>