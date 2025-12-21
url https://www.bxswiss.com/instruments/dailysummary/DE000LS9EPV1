--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fd4212afc6d4462" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7acfee4b3ce439f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86ebad6d01ec4ddf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbd49fec65724c72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f4843bf8fab46d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86ebad6d01ec4ddf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86ea4baf06724ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbd49fec65724c72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Flop5 des Vorjahres</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...566 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,684</x:t>
-[...63 lines deleted...]
-          <x:t>90,598</x:t>
+          <x:t>90,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>