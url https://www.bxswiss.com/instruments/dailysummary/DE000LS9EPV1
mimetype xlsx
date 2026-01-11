--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7acfee4b3ce439f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f0b5f9cfbc54efe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbd49fec65724c72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9e9aa80247845c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86ea4baf06724ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbd49fec65724c72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4e683d01c174c51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9e9aa80247845c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Flop5 des Vorjahres</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,114</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>91,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,759</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>