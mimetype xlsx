--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f0b5f9cfbc54efe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cec5653bc5d4b81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9e9aa80247845c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba7ca68af8004be8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4e683d01c174c51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9e9aa80247845c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd419253432d34d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba7ca68af8004be8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Flop5 des Vorjahres</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>91,002</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,449</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>92,761</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>