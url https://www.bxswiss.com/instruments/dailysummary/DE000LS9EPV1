--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cec5653bc5d4b81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76d014c543484e76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba7ca68af8004be8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6325dd002cb4301"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd419253432d34d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba7ca68af8004be8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cee779b75c44443" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6325dd002cb4301" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Flop5 des Vorjahres</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,443 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>93,356</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,768</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>92,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,428</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,286</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>