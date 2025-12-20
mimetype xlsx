--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra140ad4504134571" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0666a232a0d9490e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R650c72fc671c4ac0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94a8fd56b71741ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc643e33a9cd45a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R650c72fc671c4ac0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac20b33157ee4913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94a8fd56b71741ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM Internet of Everything</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,606 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>133,581</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,708</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>