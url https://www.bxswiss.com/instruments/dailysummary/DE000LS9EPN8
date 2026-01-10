--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0666a232a0d9490e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c8497e2ec5b401a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94a8fd56b71741ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28e1bea717ac4f46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac20b33157ee4913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94a8fd56b71741ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49e48aaf16b94163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28e1bea717ac4f46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM Internet of Everything</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,415 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...363 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -724,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>