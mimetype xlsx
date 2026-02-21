--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c8497e2ec5b401a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racb485e5c3b64ea7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28e1bea717ac4f46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fcb2952837f4b6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49e48aaf16b94163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28e1bea717ac4f46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redd2e297e45e4258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fcb2952837f4b6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM Internet of Everything</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>139,130</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>