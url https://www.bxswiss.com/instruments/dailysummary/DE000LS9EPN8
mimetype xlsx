--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racb485e5c3b64ea7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52f9ba755f5c4635" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fcb2952837f4b6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0a49f24ae7c400f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redd2e297e45e4258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fcb2952837f4b6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f99bc2e451043ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0a49f24ae7c400f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM Internet of Everything</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>