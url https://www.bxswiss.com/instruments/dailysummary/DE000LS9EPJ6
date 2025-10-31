--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R264338db3bba419f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89c1a7203c994c49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0438978d44ea46fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc355efb9e18743a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2af3c6089f1c4e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0438978d44ea46fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58b15d87edac48ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc355efb9e18743a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MRbasics Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>68,667</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>67,884</x:t>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,209</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>69,425</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,744</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>