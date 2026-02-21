--- v1 (2025-10-31)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89c1a7203c994c49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cf158570cd84404" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc355efb9e18743a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9631d89540364244"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58b15d87edac48ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc355efb9e18743a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b64abf48ff74f9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9631d89540364244" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MRbasics Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>70,744</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>