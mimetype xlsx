--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cf158570cd84404" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4f2fa5e064f48a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9631d89540364244"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06747975a3f64f9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b64abf48ff74f9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9631d89540364244" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1bffee80ffc46c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06747975a3f64f9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MRbasics Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,902</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>75,386</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>