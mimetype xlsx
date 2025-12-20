--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R459e2cd2a9cc4802" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d3502b4d1ca40d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09d8f2ced22c4d1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc8ea0bb9c964a9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a4b509baa604689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09d8f2ced22c4d1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00069763abc04f4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc8ea0bb9c964a9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rentenaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>238,083</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>