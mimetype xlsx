--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d3502b4d1ca40d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a87137ccd824be1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc8ea0bb9c964a9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21c4de3ef122407d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00069763abc04f4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc8ea0bb9c964a9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b6fc065caa74ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21c4de3ef122407d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rentenaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>