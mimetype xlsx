--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a87137ccd824be1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ea19c0dbaa14910" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21c4de3ef122407d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raea9819149044159"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b6fc065caa74ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21c4de3ef122407d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd244c747232849e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raea9819149044159" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rentenaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>240,079</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>