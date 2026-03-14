--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ea19c0dbaa14910" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46aafcedf4654366" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raea9819149044159"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc36ca39f12b54320"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd244c747232849e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raea9819149044159" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6d401cd1c4846d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc36ca39f12b54320" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rentenaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,882</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>240,176</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,274</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>239,521</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,612</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>