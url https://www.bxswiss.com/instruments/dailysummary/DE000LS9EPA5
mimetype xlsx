--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0211f5fd16544667" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0afa02fb4b74610" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb72c3f41298448cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5363e97cfedf4da9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc2fb889e3574e06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb72c3f41298448cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1d5fa84b38d4137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5363e97cfedf4da9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Three sector stockpicks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,284</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>