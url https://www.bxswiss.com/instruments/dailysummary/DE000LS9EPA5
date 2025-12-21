--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0afa02fb4b74610" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdf55cdf193c4b32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5363e97cfedf4da9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64fbd0b1ac444f17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1d5fa84b38d4137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5363e97cfedf4da9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re105d4befe69438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64fbd0b1ac444f17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Three sector stockpicks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>231,442</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>230,937</x:t>
-[...458 lines deleted...]
-          <x:t>236,491</x:t>
+          <x:t>229,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>