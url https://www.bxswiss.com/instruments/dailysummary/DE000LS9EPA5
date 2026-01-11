--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdf55cdf193c4b32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5bc2cea77974e9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64fbd0b1ac444f17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ec0efc3d5b24a1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re105d4befe69438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64fbd0b1ac444f17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9be24f6890174150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ec0efc3d5b24a1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Three sector stockpicks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,339</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>