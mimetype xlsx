--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5bc2cea77974e9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9023dc2875d24bf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ec0efc3d5b24a1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R377dbefe8a424991"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9be24f6890174150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ec0efc3d5b24a1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf31bd96c4504ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R377dbefe8a424991" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Three sector stockpicks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EPA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>238,837</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>