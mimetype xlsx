--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R875499d5fbf24e95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f8a0731f1994aa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8190ebd1fee34082"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6597861966de4414"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8152038fa7249cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8190ebd1fee34082" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc4bb05c9eb842c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6597861966de4414" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZAMBA FE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>104,976</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,711</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>105,411</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>