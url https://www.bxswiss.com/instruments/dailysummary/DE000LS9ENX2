--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f8a0731f1994aa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfe4cfa6fd6d4ec0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6597861966de4414"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccfbc3b8df614fb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc4bb05c9eb842c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6597861966de4414" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6e3b4b15f0d45f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccfbc3b8df614fb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZAMBA FE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>113,005</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>