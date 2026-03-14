--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfe4cfa6fd6d4ec0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re30d6a8d2feb47cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccfbc3b8df614fb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd41f81ca896e4cea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6e3b4b15f0d45f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccfbc3b8df614fb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15690a579a6a4d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd41f81ca896e4cea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZAMBA FE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>116,215</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,410</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>119,976</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>