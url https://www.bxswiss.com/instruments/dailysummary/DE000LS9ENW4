--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ba1c7415ef2486d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7265ef71b974521" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e4986594cf14b5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd41903caef1a46f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd858bb0b2a4a42ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e4986594cf14b5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad12a3dcfda74df3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd41903caef1a46f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenstrategie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>