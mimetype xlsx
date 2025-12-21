--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7265ef71b974521" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dddae3f2fab4e86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd41903caef1a46f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rade5bb9df9944bd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad12a3dcfda74df3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd41903caef1a46f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R018598834cc44f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rade5bb9df9944bd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenstrategie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>194,617</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,878</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>190,799</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>