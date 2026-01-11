--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dddae3f2fab4e86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dfbbe86213e414a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rade5bb9df9944bd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R833527477e8e47f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R018598834cc44f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rade5bb9df9944bd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb4395754fa64906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R833527477e8e47f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenstrategie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,608 +149,203 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>193,979</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,782</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...344 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,531</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>