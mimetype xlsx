--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dfbbe86213e414a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd51dec5f71aa4370" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R833527477e8e47f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91026600ed234ec9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb4395754fa64906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R833527477e8e47f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55a764c60b18410a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91026600ed234ec9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenstrategie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...419 lines deleted...]
-          <x:t>192,497</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,502</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>194,496</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>