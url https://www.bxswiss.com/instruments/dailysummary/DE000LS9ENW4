--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd51dec5f71aa4370" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf350bf2ac2514afd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91026600ed234ec9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2183431519144df7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55a764c60b18410a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91026600ed234ec9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R404e1ef7aaf946c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2183431519144df7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenstrategie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,702</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>