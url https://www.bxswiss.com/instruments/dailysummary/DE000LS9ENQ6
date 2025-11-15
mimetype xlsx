--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R692cfab355e24024" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0766e0a3633444d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4600ca225b5c4524"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8407fe78fc984e21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eda407116f04ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4600ca225b5c4524" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb82ba0e6d3254f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8407fe78fc984e21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exponentialfunktion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>190,563</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>190,284</x:t>
-[...308 lines deleted...]
-          <x:t>191,320</x:t>
+          <x:t>188,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>191,055</x:t>
-[...166 lines deleted...]
-          <x:t>189,841</x:t>
+          <x:t>192,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>