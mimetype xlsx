--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0766e0a3633444d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b6609857e764da2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8407fe78fc984e21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9db27a81c1f4444c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb82ba0e6d3254f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8407fe78fc984e21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1be80ef9665e4101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9db27a81c1f4444c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exponentialfunktion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>190,501</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>