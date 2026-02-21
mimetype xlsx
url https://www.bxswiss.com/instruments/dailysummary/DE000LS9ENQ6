--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b6609857e764da2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf9e32ea08814d4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9db27a81c1f4444c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R621cbe4fbfff468d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1be80ef9665e4101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9db27a81c1f4444c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R663c2acdf2234a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R621cbe4fbfff468d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exponentialfunktion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>198,563</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>