--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf9e32ea08814d4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0854914bfe04917" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R621cbe4fbfff468d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b6d7f6e7e5d4ba7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R663c2acdf2234a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R621cbe4fbfff468d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b8b2f4982924c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b6d7f6e7e5d4ba7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exponentialfunktion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,986</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>