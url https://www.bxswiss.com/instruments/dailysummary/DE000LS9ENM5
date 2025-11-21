--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3014e327e00143f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra839533083ef40a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc126ae6e29e5468d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62812cb23f164583"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R097f7ed8b74a46cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc126ae6e29e5468d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03946a959d5e48a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62812cb23f164583" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Unterbewertung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>17,754</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>