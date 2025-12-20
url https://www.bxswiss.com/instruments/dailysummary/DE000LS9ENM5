--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra839533083ef40a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R417c0c3d64a2498d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62812cb23f164583"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9997b1992a6140a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03946a959d5e48a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62812cb23f164583" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c10504997044a70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9997b1992a6140a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Unterbewertung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,630 +149,63 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...549 lines deleted...]
-          <x:t>15,237</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,468</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,272</x:t>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>