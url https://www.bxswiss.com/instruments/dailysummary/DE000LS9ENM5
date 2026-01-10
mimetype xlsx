--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R417c0c3d64a2498d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56c1cfc9e195454d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9997b1992a6140a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc43f8a962ca40d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c10504997044a70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9997b1992a6140a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R962d52ce106648aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc43f8a962ca40d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Unterbewertung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,274</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>