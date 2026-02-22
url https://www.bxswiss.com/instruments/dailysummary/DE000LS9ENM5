--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56c1cfc9e195454d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea97d936e3e345ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc43f8a962ca40d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R883065b9c1444e69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R962d52ce106648aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc43f8a962ca40d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R550ce8a2d1744d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R883065b9c1444e69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Unterbewertung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>12,793</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,789</x:t>
-[...134 lines deleted...]
-          <x:t>12,829</x:t>
+          <x:t>12,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>