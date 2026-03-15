--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea97d936e3e345ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4388f828dff34f98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R883065b9c1444e69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8cdd9d1861b4d36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R550ce8a2d1744d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R883065b9c1444e69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03d8d372bd384ef2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8cdd9d1861b4d36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Unterbewertung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...377 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,561</x:t>
-[...4 lines deleted...]
-          <x:t>12,506</x:t>
+          <x:t>12,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,540</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,607</x:t>
-[...198 lines deleted...]
-          <x:t>12,556</x:t>
+          <x:t>12,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>