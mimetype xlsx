--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cd82196fced4a14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeb950b7b05d418d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bb3b578cd484515"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea045dbac2734c90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R483116865fbf4655" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bb3b578cd484515" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9589a6a2da6b4de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea045dbac2734c90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer DACH-Region</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,734</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,084</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>