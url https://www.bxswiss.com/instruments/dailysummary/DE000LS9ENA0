--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeb950b7b05d418d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58e5b2d61f184edf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea045dbac2734c90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21dd7b33abec42e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9589a6a2da6b4de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea045dbac2734c90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6996842b21ed4728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21dd7b33abec42e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer DACH-Region</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>179,084</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>