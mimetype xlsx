--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58e5b2d61f184edf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b1de66a2ff04d2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21dd7b33abec42e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1623b460eede42cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6996842b21ed4728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21dd7b33abec42e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R995dcba9de04442f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1623b460eede42cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer DACH-Region</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ENA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>191,171</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,762</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>196,026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>