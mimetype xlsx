--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6ef8b94c66d4b5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb50ac8acd64841d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R495d926681c64f91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R533a4b65b7304ff9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d95f6f6b4ee4559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R495d926681c64f91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd0dae2200b24dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R533a4b65b7304ff9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividende M &amp; Tec</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EMV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>