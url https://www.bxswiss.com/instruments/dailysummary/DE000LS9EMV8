--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb50ac8acd64841d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6b61d8b742d46b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R533a4b65b7304ff9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0a14f95693140a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd0dae2200b24dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R533a4b65b7304ff9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dee9dd797c04ba3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0a14f95693140a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividende M &amp; Tec</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EMV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...554 lines deleted...]
-          <x:t>163,361</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,859</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>