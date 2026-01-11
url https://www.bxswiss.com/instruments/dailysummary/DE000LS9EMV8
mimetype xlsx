--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6b61d8b742d46b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68c9678eeea44e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0a14f95693140a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a9e193e64a74e1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dee9dd797c04ba3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0a14f95693140a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0548b748dec24481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a9e193e64a74e1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividende M &amp; Tec</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EMV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,306</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>