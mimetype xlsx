--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68c9678eeea44e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R175ee624107d4238" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a9e193e64a74e1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R597adbc92bd04a31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0548b748dec24481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a9e193e64a74e1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R508d3bbae0c945f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R597adbc92bd04a31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividende M &amp; Tec</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EMV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>178,873</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>