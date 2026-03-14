--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R175ee624107d4238" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b5f0b478dd14f78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R597adbc92bd04a31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a05d751c5c64798"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R508d3bbae0c945f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R597adbc92bd04a31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5d559842ccc4866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a05d751c5c64798" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividende M &amp; Tec</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EMV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>178,825</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>176,408</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>177,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,433</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,507</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>