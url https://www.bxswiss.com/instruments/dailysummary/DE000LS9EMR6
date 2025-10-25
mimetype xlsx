--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a18569e98d64ed6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e632a066ec84d30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8122db3da1b14923"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01db8b266d1d4615"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aa18c4901414fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8122db3da1b14923" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c650c1295bb4801" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01db8b266d1d4615" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börsenbetreiber</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EMR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>