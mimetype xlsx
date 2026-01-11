--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e632a066ec84d30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eba526f833343e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01db8b266d1d4615"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78234203da354f8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c650c1295bb4801" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01db8b266d1d4615" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea3a662700ac425a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78234203da354f8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börsenbetreiber</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EMR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>360,512</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>