--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eba526f833343e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3c9fb5b6c2c4975" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78234203da354f8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a9c6b12e252437a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea3a662700ac425a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78234203da354f8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R459557cac0d7435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a9c6b12e252437a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börsenbetreiber</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EMR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>361,108</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>