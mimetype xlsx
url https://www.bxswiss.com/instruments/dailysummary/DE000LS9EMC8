--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd658dba219e64809" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3e2f72ea0fe4a5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bdbe7ea31fc4e53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R083f70d9d67b453b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb28adef312ef4469" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bdbe7ea31fc4e53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reded912d3102423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R083f70d9d67b453b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rund um Gesund</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EMC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>