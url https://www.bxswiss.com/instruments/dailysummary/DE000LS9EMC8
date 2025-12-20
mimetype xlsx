--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3e2f72ea0fe4a5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22ab91cdd0334aad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R083f70d9d67b453b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e8445259a8c40dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reded912d3102423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R083f70d9d67b453b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8947fb5a003b4a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e8445259a8c40dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rund um Gesund</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EMC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...603 lines deleted...]
-          <x:t>205,422</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,442</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>205,311</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>