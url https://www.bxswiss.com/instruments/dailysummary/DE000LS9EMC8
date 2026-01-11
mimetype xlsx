--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22ab91cdd0334aad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdecf5b8f3f314e06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e8445259a8c40dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafa74a83a4264cd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8947fb5a003b4a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e8445259a8c40dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc6b73a7f9d64eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafa74a83a4264cd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rund um Gesund</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EMC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>205,295</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,271</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...462 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,201</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>