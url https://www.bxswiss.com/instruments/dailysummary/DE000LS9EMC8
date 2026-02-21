--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdecf5b8f3f314e06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0b2ecf446594e97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafa74a83a4264cd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ba249d977644d87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc6b73a7f9d64eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafa74a83a4264cd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0d3da945d0f46dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ba249d977644d87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rund um Gesund</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EMC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>207,461</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>207,444</x:t>
-[...134 lines deleted...]
-          <x:t>214,134</x:t>
+          <x:t>206,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>