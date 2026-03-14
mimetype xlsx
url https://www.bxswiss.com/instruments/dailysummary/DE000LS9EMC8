--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0b2ecf446594e97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28bfd34434d54208" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ba249d977644d87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R533aedea62f449c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0d3da945d0f46dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ba249d977644d87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd84dd482cf2431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R533aedea62f449c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rund um Gesund</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EMC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>