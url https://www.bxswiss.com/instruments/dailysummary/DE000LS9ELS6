--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a2ba3a7274046aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0422fb29a3b84b8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95d5f867a8754c64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46a473de2a0e4c92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3422dbae53c8483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95d5f867a8754c64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f46fa6bc9af4635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46a473de2a0e4c92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>boersentrends Deutschland30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>203,980</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>