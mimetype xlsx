--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0422fb29a3b84b8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re19697cd5b184142" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46a473de2a0e4c92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff9883e0cbf84d97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f46fa6bc9af4635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46a473de2a0e4c92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3464abf5d194b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff9883e0cbf84d97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>boersentrends Deutschland30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...242 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>200,642</x:t>
-[...387 lines deleted...]
-          <x:t>192,454</x:t>
+          <x:t>199,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>