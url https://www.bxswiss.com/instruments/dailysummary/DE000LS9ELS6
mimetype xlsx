--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re19697cd5b184142" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0054905c5b764e6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff9883e0cbf84d97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1adc970008d44c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3464abf5d194b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff9883e0cbf84d97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64c7dc2fd2064e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1adc970008d44c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>boersentrends Deutschland30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>202,430</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>