--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0054905c5b764e6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6d1d2ec19fd4a75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1adc970008d44c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a3fab4fb1cf423c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64c7dc2fd2064e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1adc970008d44c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6009ebd1c6f1431c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a3fab4fb1cf423c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>boersentrends Deutschland30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>