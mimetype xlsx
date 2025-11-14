--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5393e39f366449d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f84fd025eb4ac5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28484707cae1432d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eddfa8b738f436c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21d45beabd314676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28484707cae1432d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5d2256218f44040" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eddfa8b738f436c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top of Analysts Österreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...581 lines deleted...]
-          <x:t>147,964</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,538</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>151,171</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>