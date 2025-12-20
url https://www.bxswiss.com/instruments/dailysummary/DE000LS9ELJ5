--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f84fd025eb4ac5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20b0168070014878" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eddfa8b738f436c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15c23d3e7f324501"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5d2256218f44040" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eddfa8b738f436c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd089b41fcd0495a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15c23d3e7f324501" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top of Analysts Österreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>146,455</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>