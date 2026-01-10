--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20b0168070014878" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61b3a6e2610b4783" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15c23d3e7f324501"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41b5eb36c8184a1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd089b41fcd0495a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15c23d3e7f324501" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4abd44eb2ff74fb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41b5eb36c8184a1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top of Analysts Österreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>