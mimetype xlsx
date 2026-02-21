--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61b3a6e2610b4783" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1bbe0e2ce244e2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41b5eb36c8184a1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb7650c6427345aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4abd44eb2ff74fb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41b5eb36c8184a1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R844c2c575f634e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb7650c6427345aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top of Analysts Österreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>155,452</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>