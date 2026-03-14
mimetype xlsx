--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1bbe0e2ce244e2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re12b31a5c8204bec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb7650c6427345aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fd2208393c24f65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R844c2c575f634e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb7650c6427345aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f35fbe8a2e643c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fd2208393c24f65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top of Analysts Österreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,058</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>