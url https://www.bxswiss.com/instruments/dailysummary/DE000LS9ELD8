--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6e74b41a82a4f50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra99d525d9e7d436a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd22d9d1201a945eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f7b73f9d4cf46f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4a2511bce1646df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd22d9d1201a945eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf9a31a1781041b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f7b73f9d4cf46f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gegen den Strom schwimmen!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>758,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>764,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>756,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>763,637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>775,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>778,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>769,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>776,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>773,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>766,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>766,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>773,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>