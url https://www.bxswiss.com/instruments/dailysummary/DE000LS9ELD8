--- v1 (2025-11-21)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra99d525d9e7d436a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07b5b9fb58e14b73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f7b73f9d4cf46f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20a962b675c64c7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf9a31a1781041b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f7b73f9d4cf46f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4f6ae65529f42cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20a962b675c64c7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gegen den Strom schwimmen!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>773,419</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>865,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>