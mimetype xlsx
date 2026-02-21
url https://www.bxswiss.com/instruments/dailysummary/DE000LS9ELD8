--- v2 (2026-01-06)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07b5b9fb58e14b73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d307be2bfd94cf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20a962b675c64c7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bf8889def834dab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4f6ae65529f42cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20a962b675c64c7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fe11668eb66424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bf8889def834dab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gegen den Strom schwimmen!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>897,034</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>928,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>950,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>979,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>976,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>977,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>995,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>973,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>994,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.017,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.020,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.001,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>996,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>997,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>985,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>988,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>978,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>990,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>999,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>949,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>865,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>928,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>929,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>918,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>925,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>925,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>918,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>