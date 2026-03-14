--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d307be2bfd94cf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fd9eef9f3ac471d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bf8889def834dab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd725a5121e3741a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fe11668eb66424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bf8889def834dab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88152fc2ee204d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd725a5121e3741a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gegen den Strom schwimmen!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>908,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>912,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>902,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>910,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>921,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>937,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>921,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>930,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>948,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>975,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>982,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>970,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>980,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>970,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>976,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>976,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>986,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>986,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>981,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>982,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.004,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>987,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>987,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>970,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>970,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>923,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>941,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>929,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>939,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>909,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>914,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>892,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>