--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab8086c17fdf499d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ea25616b2364370" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2698d341bfcf4172"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2cc64a46ab4454d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa646e74ae834510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2698d341bfcf4172" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17ddc65e909f4d87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2cc64a46ab4454d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,383</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>