--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ea25616b2364370" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aeb2a6aae134144" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2cc64a46ab4454d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f813bc07908491e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17ddc65e909f4d87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2cc64a46ab4454d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61f6885c950f40b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f813bc07908491e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>