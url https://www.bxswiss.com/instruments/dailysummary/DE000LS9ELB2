--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aeb2a6aae134144" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1c2c09dfb514b8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f813bc07908491e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfed1543e148444c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61f6885c950f40b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f813bc07908491e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rededca2aea384e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfed1543e148444c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,286</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,969</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>