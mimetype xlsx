--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1c2c09dfb514b8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78bd6d25dce74ba5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfed1543e148444c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a0ce77284254f96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rededca2aea384e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfed1543e148444c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00e6c740d24d46b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a0ce77284254f96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>