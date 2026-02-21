--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78bd6d25dce74ba5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R720d9b08337444f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a0ce77284254f96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87409a26fd424495"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00e6c740d24d46b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a0ce77284254f96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2a43ed523444967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87409a26fd424495" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>233,572</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,851</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>