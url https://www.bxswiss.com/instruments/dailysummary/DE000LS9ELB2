--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R720d9b08337444f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64f9aa5c2788439d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87409a26fd424495"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3db4c47a73842b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2a43ed523444967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87409a26fd424495" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8f2f2d515e049dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3db4c47a73842b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ELB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>