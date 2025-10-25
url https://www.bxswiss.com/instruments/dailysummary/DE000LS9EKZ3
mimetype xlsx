--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02c50dbaba1e4541" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R236fb15a4f4f4069" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ea3f3c83f5143a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a1455e1c69246ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2af44f9ccb97434d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ea3f3c83f5143a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac4ca3898fb74f56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a1455e1c69246ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Langzeit-Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>61,963</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,020</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>19.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,930</x:t>
-[...252 lines deleted...]
-          <x:t>61,571</x:t>
+          <x:t>61,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>