--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R236fb15a4f4f4069" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c669dec411c4d56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a1455e1c69246ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e6b7aa584a04388"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac4ca3898fb74f56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a1455e1c69246ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd9b341b728c4eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e6b7aa584a04388" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Langzeit-Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...578 lines deleted...]
-          <x:t>61,268</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>