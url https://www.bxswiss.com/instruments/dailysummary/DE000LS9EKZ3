--- v2 (2026-01-09)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c669dec411c4d56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R906f093df2594653" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e6b7aa584a04388"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31e1ee8302d044fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd9b341b728c4eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e6b7aa584a04388" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb22aa5eabcd4ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31e1ee8302d044fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Langzeit-Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>