--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R906f093df2594653" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a13fd04623e44ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31e1ee8302d044fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfda150a2b0842c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb22aa5eabcd4ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31e1ee8302d044fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84a2ceb0925c4ffe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfda150a2b0842c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Langzeit-Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>62,218</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>