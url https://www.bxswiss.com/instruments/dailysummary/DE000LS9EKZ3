--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a13fd04623e44ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R662fb60810c547af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfda150a2b0842c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf91589a6640e4ff2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84a2ceb0925c4ffe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfda150a2b0842c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7754f3abe7da424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf91589a6640e4ff2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Langzeit-Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,908</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>