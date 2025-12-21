--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcba7fb507d2948b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc8a648f727442d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd396ade70754b3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0adcb5edc4634211"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redf1373e197a4a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd396ade70754b3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff21089c90314e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0adcb5edc4634211" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>190,009</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>