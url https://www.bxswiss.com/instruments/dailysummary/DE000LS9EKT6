--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc8a648f727442d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff7d8010b024de9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0adcb5edc4634211"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c15e3b622374eb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff21089c90314e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0adcb5edc4634211" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac527e481a534c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c15e3b622374eb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>