--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff7d8010b024de9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcda41f19331e4c8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c15e3b622374eb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf81aac5fcbb04f9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac527e481a534c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c15e3b622374eb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64f25fa1cddf4ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf81aac5fcbb04f9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,339</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>207,445</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>