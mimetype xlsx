--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcda41f19331e4c8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c1817b911874292" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf81aac5fcbb04f9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6b5b76e1a154068"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64f25fa1cddf4ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf81aac5fcbb04f9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbd1385974a5465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6b5b76e1a154068" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,484</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>