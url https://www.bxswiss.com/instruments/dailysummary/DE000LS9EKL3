--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8b08684c86547da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ddbbfff6a854b2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d48b8b1bd194176"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb34b77327e794976"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64bb70a3f36f4b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d48b8b1bd194176" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R439fcd1277e547a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb34b77327e794976" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren wie Benjamin Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,143</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>