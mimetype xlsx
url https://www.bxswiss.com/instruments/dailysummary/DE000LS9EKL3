--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ddbbfff6a854b2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4806cca2c2044df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb34b77327e794976"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reba25c3ae6bb47d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R439fcd1277e547a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb34b77327e794976" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb78bd32040eb4bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reba25c3ae6bb47d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren wie Benjamin Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,857</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>384,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>377,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>