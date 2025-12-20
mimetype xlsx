--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4806cca2c2044df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e85224f87e04a43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reba25c3ae6bb47d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62363b56e9954e32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb78bd32040eb4bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reba25c3ae6bb47d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa28d0b2f9fb4311" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62363b56e9954e32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren wie Benjamin Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>