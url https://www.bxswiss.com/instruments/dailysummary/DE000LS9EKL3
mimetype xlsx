--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e85224f87e04a43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61b2308f4c6147f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62363b56e9954e32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e0ee3ef45844b92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa28d0b2f9fb4311" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62363b56e9954e32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcb15b86e5214416" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e0ee3ef45844b92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren wie Benjamin Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,456</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>