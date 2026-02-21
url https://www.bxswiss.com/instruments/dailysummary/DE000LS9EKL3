--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61b2308f4c6147f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74f2c9d657ad4eac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e0ee3ef45844b92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26df0e984af44305"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcb15b86e5214416" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e0ee3ef45844b92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf4c02daebe74346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26df0e984af44305" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren wie Benjamin Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>337,584</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>