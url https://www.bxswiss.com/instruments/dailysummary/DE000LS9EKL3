--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74f2c9d657ad4eac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R102323f9b6014eff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26df0e984af44305"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf520183e1b8643e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf4c02daebe74346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26df0e984af44305" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7317ae0b6b74623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf520183e1b8643e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren wie Benjamin Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>