--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R072f24e74fd8442b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6c94fec79324d63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b5b4e7b43cd40a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3f641c116b74a4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fd2a7beeda74d1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b5b4e7b43cd40a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6067eec51704767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3f641c116b74a4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte mit GD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>56,219</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>