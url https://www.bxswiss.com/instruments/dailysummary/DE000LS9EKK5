--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6c94fec79324d63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re84e91f340aa4ca3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3f641c116b74a4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98c4fba0b6974d35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6067eec51704767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3f641c116b74a4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5046ed48296437a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98c4fba0b6974d35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte mit GD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,263</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>