--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re84e91f340aa4ca3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94523cd83d5c4005" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98c4fba0b6974d35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33772ca63aec40dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5046ed48296437a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98c4fba0b6974d35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf24a79f642e74354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33772ca63aec40dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte mit GD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>55,102</x:t>
-[...360 lines deleted...]
-          <x:t>56,385</x:t>
+          <x:t>53,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>