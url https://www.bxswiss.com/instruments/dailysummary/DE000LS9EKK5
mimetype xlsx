--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94523cd83d5c4005" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1331a9bff044731" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33772ca63aec40dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R560b671ececc4083"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf24a79f642e74354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33772ca63aec40dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d1345c001374b4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R560b671ececc4083" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte mit GD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,633</x:t>
-[...43 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>52,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,811</x:t>
-[...220 lines deleted...]
-          <x:t>51,986</x:t>
+          <x:t>52,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>53,400</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>