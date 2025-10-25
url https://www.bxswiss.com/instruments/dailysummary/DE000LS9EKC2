--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8cc0d68e07249fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ee494b6ecc144ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13b3fc3e78a44460"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re49b226ae6464f53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc432bca32d1443df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13b3fc3e78a44460" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d0c8e98d7d449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re49b226ae6464f53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>