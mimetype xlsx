--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ee494b6ecc144ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05801972752843c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re49b226ae6464f53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04de9c85870946e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d0c8e98d7d449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re49b226ae6464f53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95b86f3459d24b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04de9c85870946e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>155,005</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,454</x:t>
-[...350 lines deleted...]
-          <x:t>157,421</x:t>
+          <x:t>154,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>