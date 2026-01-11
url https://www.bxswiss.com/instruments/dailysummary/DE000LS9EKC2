--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05801972752843c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb553c46466c34f08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04de9c85870946e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d3d5eda9024402f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95b86f3459d24b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04de9c85870946e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fcd81ebc3ca4b7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d3d5eda9024402f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,041</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>