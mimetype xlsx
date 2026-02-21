--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb553c46466c34f08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R101c69a2ab874165" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d3d5eda9024402f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37cfd1faa3924b2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fcd81ebc3ca4b7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d3d5eda9024402f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf63ca0473f604481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37cfd1faa3924b2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>162,724</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>