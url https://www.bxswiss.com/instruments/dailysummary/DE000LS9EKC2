--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R101c69a2ab874165" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a6ae8e105f24e39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37cfd1faa3924b2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1157454ba3c94002"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf63ca0473f604481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37cfd1faa3924b2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc4f1af450a94421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1157454ba3c94002" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...382 lines deleted...]
-          <x:t>147,741</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,874</x:t>
-[...247 lines deleted...]
-          <x:t>150,046</x:t>
+          <x:t>149,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>