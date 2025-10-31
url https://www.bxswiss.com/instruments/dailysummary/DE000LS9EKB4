--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc5a6e4e4113435e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6ac15d608204dc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc35badecaff04212"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0838f17cad85408f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac717e48f3c8401d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc35badecaff04212" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e587ca0b0f8443c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0838f17cad85408f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM PrivateEquityShares Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>157,716</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,610</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>157,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,699</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,175</x:t>
         </x:is>
       </x:c>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>