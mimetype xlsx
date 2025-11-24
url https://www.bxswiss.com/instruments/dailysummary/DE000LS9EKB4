--- v1 (2025-10-31)
+++ v2 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6ac15d608204dc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b860c4bd5264c1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0838f17cad85408f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01776bb1ae9b492a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e587ca0b0f8443c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0838f17cad85408f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd26903fd934f4161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01776bb1ae9b492a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM PrivateEquityShares Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>