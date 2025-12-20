--- v2 (2025-11-24)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b860c4bd5264c1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R225ce7496105434a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01776bb1ae9b492a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1225e1fc66443d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd26903fd934f4161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01776bb1ae9b492a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19a726dd491f45c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1225e1fc66443d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM PrivateEquityShares Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...144 lines deleted...]
-          <x:t>154,881</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,822</x:t>
-[...339 lines deleted...]
-        <x:is>
           <x:t>154,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,769</x:t>
         </x:is>
       </x:c>
@@ -737,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>