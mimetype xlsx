--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R225ce7496105434a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5ec2101095641d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1225e1fc66443d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb89ad3dbfef0424f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19a726dd491f45c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1225e1fc66443d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1afd4854e3df466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb89ad3dbfef0424f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM PrivateEquityShares Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,959</x:t>
-[...286 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>157,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,633</x:t>
-[...90 lines deleted...]
-          <x:t>156,663</x:t>
+          <x:t>157,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>