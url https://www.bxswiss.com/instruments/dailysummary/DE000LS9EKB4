--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5ec2101095641d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re372530a141c4d39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb89ad3dbfef0424f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb3bd753ecd14c19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1afd4854e3df466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb89ad3dbfef0424f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafcb1b1f9cf646ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb3bd753ecd14c19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM PrivateEquityShares Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>157,423</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>