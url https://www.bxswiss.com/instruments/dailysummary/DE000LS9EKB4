--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re372530a141c4d39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f142b6b8e9a4329" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb3bd753ecd14c19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf61c134c5c0f424b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafcb1b1f9cf646ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb3bd753ecd14c19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c921d3273e14c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf61c134c5c0f424b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM PrivateEquityShares Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EKB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,497</x:t>
-[...156 lines deleted...]
-          <x:t>150,894</x:t>
+          <x:t>151,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,243</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>150,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>