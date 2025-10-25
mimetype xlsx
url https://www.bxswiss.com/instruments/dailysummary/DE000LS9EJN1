--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b3023ccde1f480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cdce28d884d40d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5aeac4ef4584222"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb39a3b9a827c4280"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6923b0483e8d4b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5aeac4ef4584222" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97f0794971654b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb39a3b9a827c4280" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Dividend Gods</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EJN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>