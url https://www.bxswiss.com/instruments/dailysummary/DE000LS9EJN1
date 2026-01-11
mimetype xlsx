--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cdce28d884d40d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a4016ec18ac499a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb39a3b9a827c4280"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7dacb0b05054dbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97f0794971654b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb39a3b9a827c4280" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R803e9c3d1de2412a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7dacb0b05054dbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Dividend Gods</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EJN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>156,560</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,598</x:t>
-[...328 lines deleted...]
-          <x:t>158,727</x:t>
+          <x:t>155,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,137</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>