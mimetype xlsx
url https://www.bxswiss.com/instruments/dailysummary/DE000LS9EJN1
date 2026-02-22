--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a4016ec18ac499a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a4f916767fe430d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7dacb0b05054dbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bfd742eff3041fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R803e9c3d1de2412a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7dacb0b05054dbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6353f60e9e1b45ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bfd742eff3041fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Dividend Gods</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EJN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>158,137</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>