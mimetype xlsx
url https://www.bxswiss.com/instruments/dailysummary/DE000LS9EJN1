--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a4f916767fe430d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f99c7de0580477e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bfd742eff3041fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c3ef6ff09a14893"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6353f60e9e1b45ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bfd742eff3041fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98ece2f6503c4f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c3ef6ff09a14893" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Dividend Gods</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EJN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>