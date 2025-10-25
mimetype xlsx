--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0fc5ce0e29f422f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71cc731222524011" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc0ba892565d4bee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re24891db010a4046"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R873e5ae0cf084102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc0ba892565d4bee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2690eadc82124a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re24891db010a4046" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grünes Geld DEU30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EJF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,401</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>