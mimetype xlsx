--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71cc731222524011" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafaad4763bbd49b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re24891db010a4046"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5978102ef9184e73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2690eadc82124a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re24891db010a4046" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4535b1841054b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5978102ef9184e73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grünes Geld DEU30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EJF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>151,075</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>