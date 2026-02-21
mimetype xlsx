--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafaad4763bbd49b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60da9cc4d12347c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5978102ef9184e73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5e472689d994fb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4535b1841054b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5978102ef9184e73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a481825ec594623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5e472689d994fb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grünes Geld DEU30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EJF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>165,268</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>