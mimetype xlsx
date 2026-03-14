--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60da9cc4d12347c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12f35823bac44970" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5e472689d994fb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91db3b5a3ea64261"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a481825ec594623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5e472689d994fb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb2f0c2edace49d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91db3b5a3ea64261" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grünes Geld DEU30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EJF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>167,221</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,879</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>170,570</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>