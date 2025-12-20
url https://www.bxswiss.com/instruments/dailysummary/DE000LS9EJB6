--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1995971785814881" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f3b10525ee748ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R425b2b2008fe443b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aaefe060d6e4b7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fa76fe10773419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R425b2b2008fe443b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc11671e938e54dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aaefe060d6e4b7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The world of tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EJB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>251,320</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>