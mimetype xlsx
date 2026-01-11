--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f3b10525ee748ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98a11fd23d3c45fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aaefe060d6e4b7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde6e38be51de4a41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc11671e938e54dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aaefe060d6e4b7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae58c50b809d40fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde6e38be51de4a41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The world of tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EJB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>244,953</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>