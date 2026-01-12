--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98a11fd23d3c45fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0d4d33a89674e0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde6e38be51de4a41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2a3a17bce64e70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae58c50b809d40fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde6e38be51de4a41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a90f75a81d24d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2a3a17bce64e70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The world of tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EJB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,57 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...5 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,723</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>