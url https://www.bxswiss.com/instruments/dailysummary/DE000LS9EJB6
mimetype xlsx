--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0d4d33a89674e0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6481382c3d748ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2a3a17bce64e70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9d591d4ebfc4440"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a90f75a81d24d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2a3a17bce64e70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39d58dfa4aa74d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9d591d4ebfc4440" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The world of tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EJB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>247,517</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>