--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6481382c3d748ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83ce77233e3c4b0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9d591d4ebfc4440"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57d5c68208304a36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39d58dfa4aa74d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9d591d4ebfc4440" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9ddcd4bdd25408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57d5c68208304a36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The world of tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EJB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>230,080</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,198</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>232,466</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>