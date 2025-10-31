--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c9fe6fd409f48ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree98af1f61104f84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb303818baef4075"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re943c85ce4e84243"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a5f4464cb3f4ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb303818baef4075" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R980e2b60696e489a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re943c85ce4e84243" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EHU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,664</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>