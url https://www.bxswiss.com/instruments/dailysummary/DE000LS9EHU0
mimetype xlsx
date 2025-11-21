--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree98af1f61104f84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d7640a1ac4346eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re943c85ce4e84243"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc83e80acf6e64302"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R980e2b60696e489a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re943c85ce4e84243" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a2caf03936146d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc83e80acf6e64302" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EHU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>182,706</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,186</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>184,820</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>