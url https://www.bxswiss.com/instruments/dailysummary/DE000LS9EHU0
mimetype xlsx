--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d7640a1ac4346eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0106ca62a304641" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc83e80acf6e64302"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26fbd19984fb40b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a2caf03936146d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc83e80acf6e64302" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd57c0a2237264781" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26fbd19984fb40b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EHU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>