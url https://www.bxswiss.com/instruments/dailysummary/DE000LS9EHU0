--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0106ca62a304641" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5033b19c83f4594" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26fbd19984fb40b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb405bc1b6f346c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd57c0a2237264781" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26fbd19984fb40b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62d358c211ba48b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb405bc1b6f346c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EHU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,450</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...310 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,965</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,456</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>