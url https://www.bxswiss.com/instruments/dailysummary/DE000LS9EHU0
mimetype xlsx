--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5033b19c83f4594" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fce9f64462f49c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb405bc1b6f346c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd97ed3a2fb5b4d72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62d358c211ba48b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb405bc1b6f346c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff031ddfd2cb4131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd97ed3a2fb5b4d72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EHU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>183,121</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>183,078</x:t>
-[...436 lines deleted...]
-          <x:t>188,456</x:t>
+          <x:t>181,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>