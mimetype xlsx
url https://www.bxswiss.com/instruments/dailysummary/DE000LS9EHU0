--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fce9f64462f49c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8aa0b7e708f41e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd97ed3a2fb5b4d72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbb5db8172f4441b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff031ddfd2cb4131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd97ed3a2fb5b4d72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R503c44442fb3498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbb5db8172f4441b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EHU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,518</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>