--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c5a90fab02c4bbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1e99026d1c542e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe2fb86643b54ec8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07e5226fb1c24dab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61cbce13d96e4fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe2fb86643b54ec8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fce9f36c1a54a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07e5226fb1c24dab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDENDEPLUSERTRAG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EHP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>110,566</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,903</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>108,731</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,963</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>110,055</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>