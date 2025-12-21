--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1e99026d1c542e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1e7fa0cce0a4331" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07e5226fb1c24dab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9e0f548afc84b39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fce9f36c1a54a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07e5226fb1c24dab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9218975a42524722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9e0f548afc84b39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDENDEPLUSERTRAG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EHP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>109,422</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>