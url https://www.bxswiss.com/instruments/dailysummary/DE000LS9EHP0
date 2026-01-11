--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1e7fa0cce0a4331" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R021c7ab77281499a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9e0f548afc84b39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c12c04a45994e3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9218975a42524722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9e0f548afc84b39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e1f2127a2284694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c12c04a45994e3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDENDEPLUSERTRAG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EHP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>107,331</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,775</x:t>
-[...367 lines deleted...]
-          <x:t>107,793</x:t>
+          <x:t>107,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,316</x:t>
-[...188 lines deleted...]
-          <x:t>107,163</x:t>
+          <x:t>107,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>