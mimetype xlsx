--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R021c7ab77281499a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7cd7da35dac49fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c12c04a45994e3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60fe49dcc105499f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e1f2127a2284694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c12c04a45994e3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9397a8c428f042f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60fe49dcc105499f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDENDEPLUSERTRAG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EHP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>109,505</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>