--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7cd7da35dac49fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R412af4c00b3d4f08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60fe49dcc105499f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd37caed89d64fdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9397a8c428f042f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60fe49dcc105499f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra45e3f15e4d144ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd37caed89d64fdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDENDEPLUSERTRAG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EHP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,458</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>