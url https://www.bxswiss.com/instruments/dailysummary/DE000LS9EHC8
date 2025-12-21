--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa88cbeceadb412c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reedbeda59bf64881" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71a54f10f92440e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d5295c3e8ea4d45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3886382fa334e17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71a54f10f92440e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31d9ea05999e46f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d5295c3e8ea4d45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MHEQ Global Champions Defensiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EHC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,450</x:t>
-[...225 lines deleted...]
-          <x:t>160,361</x:t>
+          <x:t>152,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>