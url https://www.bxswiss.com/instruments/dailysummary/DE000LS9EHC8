--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reedbeda59bf64881" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30c8cc0359ea4e5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d5295c3e8ea4d45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1c8d22b565749c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31d9ea05999e46f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d5295c3e8ea4d45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R259fcf890ff74360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1c8d22b565749c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MHEQ Global Champions Defensiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EHC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,836</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>