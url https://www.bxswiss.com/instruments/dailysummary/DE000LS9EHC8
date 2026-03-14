--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30c8cc0359ea4e5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb12c4a2539146c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1c8d22b565749c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0741547139b645bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R259fcf890ff74360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1c8d22b565749c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6ab4990d05f4fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0741547139b645bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MHEQ Global Champions Defensiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EHC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>166,836</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>