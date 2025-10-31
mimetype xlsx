--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6e68f779ab2480d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb139b9b752194366" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R070ab5bd5b4049af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96db7f13e0364036"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ba163dc71144211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R070ab5bd5b4049af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d5fc81dbc3c4807" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96db7f13e0364036" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QuantStrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>