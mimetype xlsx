--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb139b9b752194366" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64b9d8a1930c4245" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96db7f13e0364036"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ba0bd60b6d94eff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d5fc81dbc3c4807" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96db7f13e0364036" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e6f4bfef1714db7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ba0bd60b6d94eff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QuantStrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,714</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>