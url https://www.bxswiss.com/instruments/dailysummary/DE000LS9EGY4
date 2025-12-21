--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64b9d8a1930c4245" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15c29e3223424f70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ba0bd60b6d94eff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5777dbcd1ce4dee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e6f4bfef1714db7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ba0bd60b6d94eff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3ba2e44b3e94b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5777dbcd1ce4dee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QuantStrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,866</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>