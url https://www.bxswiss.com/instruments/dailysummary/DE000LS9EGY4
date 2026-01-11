--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15c29e3223424f70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46d8b47bc5fa4eae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5777dbcd1ce4dee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f8c312c33394f62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3ba2e44b3e94b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5777dbcd1ce4dee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ca323832bd4488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f8c312c33394f62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QuantStrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,996</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,888</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>