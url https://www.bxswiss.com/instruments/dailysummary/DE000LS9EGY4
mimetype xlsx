--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46d8b47bc5fa4eae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d591962f1074de0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f8c312c33394f62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra649d2a5698845f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ca323832bd4488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f8c312c33394f62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra377898c556e4ca5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra649d2a5698845f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QuantStrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>335,888</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>