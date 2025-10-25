--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racaf4726a0774f9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7db72c54f8544599" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e2d4fc2b506471a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re967a469cd2e4af9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8061f2ad2ca24354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e2d4fc2b506471a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ed7f9231ac44075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re967a469cd2e4af9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Geduld ist die Pforte der Freude</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>