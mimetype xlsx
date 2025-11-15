--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7db72c54f8544599" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46b1e65d1d854071" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re967a469cd2e4af9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R182e8b4a5ee64114"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ed7f9231ac44075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re967a469cd2e4af9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00aece16c23649de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R182e8b4a5ee64114" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Geduld ist die Pforte der Freude</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>150,451</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,868</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>153,114</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>