--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46b1e65d1d854071" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e503ca7e9624d73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R182e8b4a5ee64114"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4c5ae6bb1e5438a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00aece16c23649de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R182e8b4a5ee64114" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb682e737adef4539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4c5ae6bb1e5438a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Geduld ist die Pforte der Freude</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,379</x:t>
-[...166 lines deleted...]
-          <x:t>152,336</x:t>
+          <x:t>152,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,114</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>149,355</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>