--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e503ca7e9624d73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R431a4676a0904fab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4c5ae6bb1e5438a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6792e897bcc54a86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb682e737adef4539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4c5ae6bb1e5438a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd675b5daf9e24c22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6792e897bcc54a86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Geduld ist die Pforte der Freude</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>151,876</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>