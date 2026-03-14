--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R431a4676a0904fab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R567d0c60fc8e4924" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6792e897bcc54a86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd0cc7780ed64b68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd675b5daf9e24c22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6792e897bcc54a86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra915c7dc2b304aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd0cc7780ed64b68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Geduld ist die Pforte der Freude</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>