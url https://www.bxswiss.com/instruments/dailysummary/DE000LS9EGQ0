--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3857e14407c84946" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R618af5532d2844dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R844cf6b8983b4552"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c4874b0c3df402c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cfadb7bb7d14d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R844cf6b8983b4552" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38d9ff759a8548a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c4874b0c3df402c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,95 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>285,436</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,225</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...128 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,901</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>