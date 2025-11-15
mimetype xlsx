--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R618af5532d2844dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b454bca35354607" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c4874b0c3df402c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70137c9d8e7d4a90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38d9ff759a8548a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c4874b0c3df402c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R018e20fee8074b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70137c9d8e7d4a90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,977</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>