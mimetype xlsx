--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b454bca35354607" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R707a121f92a94157" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70137c9d8e7d4a90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c9d937a02da4b0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R018e20fee8074b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70137c9d8e7d4a90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4af1c436b7ac4db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c9d937a02da4b0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>285,580</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>