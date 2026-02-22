--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R707a121f92a94157" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82ff1b3a7a5a41a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c9d937a02da4b0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf09b6487388946a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4af1c436b7ac4db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c9d937a02da4b0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41592ac86db2438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf09b6487388946a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>315,656</x:t>
-[...306 lines deleted...]
-          <x:t>312,385</x:t>
+          <x:t>316,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,481</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>