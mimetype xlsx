--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82ff1b3a7a5a41a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3107c19cb4be4c71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf09b6487388946a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fa77cad6f1942fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41592ac86db2438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf09b6487388946a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2fd85f0b7b045a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fa77cad6f1942fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,444</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>