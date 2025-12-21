--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0e4f59b4f684dea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9f8c1e0c69b4876" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1667407ecb4542ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e5caa455c5c48a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca280c7ca5334feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1667407ecb4542ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25fff41bd5294ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e5caa455c5c48a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chart &amp; Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>210,165</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>