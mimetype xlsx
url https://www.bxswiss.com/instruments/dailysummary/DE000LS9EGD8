--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9f8c1e0c69b4876" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1d48306c1514b73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e5caa455c5c48a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22a1e26454134bac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25fff41bd5294ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e5caa455c5c48a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R519e85f2be974d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22a1e26454134bac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chart &amp; Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>