--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1d48306c1514b73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd76f55582d6a48be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22a1e26454134bac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re41cc3532dd64e8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R519e85f2be974d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22a1e26454134bac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e0a2ffeeaf74d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re41cc3532dd64e8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chart &amp; Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>230,263</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>