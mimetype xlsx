--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd76f55582d6a48be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68bd963517241e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re41cc3532dd64e8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43b8f71b860840ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e0a2ffeeaf74d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re41cc3532dd64e8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac51dbfc334d4262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43b8f71b860840ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chart &amp; Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,046</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,966</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>