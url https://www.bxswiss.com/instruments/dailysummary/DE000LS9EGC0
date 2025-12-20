--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44ea2b09bc3d4bd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8df9940bf37d4a9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc20af1fb2cc42cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91ccdfefbe6646c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1b1b75bc8804d10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc20af1fb2cc42cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc91502abcea43c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91ccdfefbe6646c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebound long-term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>144,616</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>