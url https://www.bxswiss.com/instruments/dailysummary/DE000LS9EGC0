--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8df9940bf37d4a9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R067de9b75dfb4b45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91ccdfefbe6646c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra753532ba38b446c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc91502abcea43c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91ccdfefbe6646c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce29ad02bd5644fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra753532ba38b446c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebound long-term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>