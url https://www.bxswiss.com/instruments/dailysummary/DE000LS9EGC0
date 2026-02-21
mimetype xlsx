--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R067de9b75dfb4b45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57c1c85adc964188" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra753532ba38b446c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4c8e859b04a41c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce29ad02bd5644fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra753532ba38b446c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9537edf55ba84b12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4c8e859b04a41c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebound long-term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>158,426</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>