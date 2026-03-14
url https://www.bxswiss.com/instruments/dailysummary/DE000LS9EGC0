--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57c1c85adc964188" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0da5b86d489c4774" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4c8e859b04a41c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e607a0be4b04566"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9537edf55ba84b12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4c8e859b04a41c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02bd00a932464cd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e607a0be4b04566" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebound long-term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,497</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>