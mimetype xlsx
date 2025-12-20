--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84ac61dca8264ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08190bb00af3470c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97342b34ddc0445d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c58e21f509742cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a200ede775c455d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97342b34ddc0445d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b527e616e2845d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c58e21f509742cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chance Finananzbranche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>86,594</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,686</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>86,680</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>