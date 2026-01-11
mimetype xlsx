--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08190bb00af3470c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1083def5bbdd4439" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c58e21f509742cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re37c73f7b83b4936"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b527e616e2845d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c58e21f509742cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7c1553786204049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re37c73f7b83b4936" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chance Finananzbranche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>86,450</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,336</x:t>
-[...97 lines deleted...]
-          <x:t>86,530</x:t>
+          <x:t>85,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,322</x:t>
-        </x:is>
-[...408 lines deleted...]
-          <x:t>86,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>