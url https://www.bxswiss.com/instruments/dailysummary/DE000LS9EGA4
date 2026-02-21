--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1083def5bbdd4439" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra34d59674d4547e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re37c73f7b83b4936"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra14064aab9174dab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7c1553786204049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re37c73f7b83b4936" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra71b4692a24546d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra14064aab9174dab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chance Finananzbranche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EGA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>86,322</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,481</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>