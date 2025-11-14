--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f7ed1a9c3614948" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd35a79595b3e4226" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2040240ce2d941cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racbe5ecb9dd841f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf6072b70c904fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2040240ce2d941cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd09d7f67a40e454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racbe5ecb9dd841f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TIFFANY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,072</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>