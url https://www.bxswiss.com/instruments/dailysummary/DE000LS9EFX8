--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd35a79595b3e4226" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44f20b51ce344942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racbe5ecb9dd841f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0a926cfcbb8475d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd09d7f67a40e454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racbe5ecb9dd841f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45b80b233fdc4d36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0a926cfcbb8475d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TIFFANY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>348,055</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>