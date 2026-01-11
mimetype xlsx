--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44f20b51ce344942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35aa0e7fe1834dd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0a926cfcbb8475d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4476f9baaf4c4ac6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45b80b233fdc4d36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0a926cfcbb8475d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raebd779b16d34797" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4476f9baaf4c4ac6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TIFFANY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>