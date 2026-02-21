--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35aa0e7fe1834dd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2097f413ba3c4539" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4476f9baaf4c4ac6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3509ab4505b2461e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raebd779b16d34797" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4476f9baaf4c4ac6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf52311eb4684150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3509ab4505b2461e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TIFFANY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>347,397</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>