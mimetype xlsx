--- v0 (2025-10-08)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a7efe2cbde74b29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eef6ed22f244594" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1e2058fb53f4714"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R606a22b1fc4a47cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra29e24cfee0a4738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1e2058fb53f4714" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca9f87effaf64b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R606a22b1fc4a47cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BO GLOBAL TRADING / TITANS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>188,367</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,347</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>