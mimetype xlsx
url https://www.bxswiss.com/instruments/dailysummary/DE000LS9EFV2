--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eef6ed22f244594" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2806e34c5aa045a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R606a22b1fc4a47cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66de5ef99a464cc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca9f87effaf64b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R606a22b1fc4a47cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2d3f64ca4dc42d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66de5ef99a464cc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BO GLOBAL TRADING / TITANS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,435</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,537</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>