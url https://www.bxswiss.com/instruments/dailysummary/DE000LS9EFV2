--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2806e34c5aa045a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R441bac87e5164cbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66de5ef99a464cc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33996557097c4c80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2d3f64ca4dc42d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66de5ef99a464cc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a36afa0a80d4824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33996557097c4c80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BO GLOBAL TRADING / TITANS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,263</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>