--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R441bac87e5164cbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1e160a195eb41bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33996557097c4c80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a08249558b94075"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a36afa0a80d4824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33996557097c4c80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc174d74a8dda46e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a08249558b94075" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BO GLOBAL TRADING / TITANS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>197,376</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>