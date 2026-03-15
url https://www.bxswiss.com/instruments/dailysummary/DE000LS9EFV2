--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1e160a195eb41bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dc0e3be5c174ab3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a08249558b94075"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc81c6b7f60c34e98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc174d74a8dda46e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a08249558b94075" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b1d9b268d3344c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc81c6b7f60c34e98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BO GLOBAL TRADING / TITANS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>197,485</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>197,053</x:t>
-[...323 lines deleted...]
-          <x:t>190,809</x:t>
+          <x:t>196,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>