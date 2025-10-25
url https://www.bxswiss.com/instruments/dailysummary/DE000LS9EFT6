--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43ec9a522fd6460a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbed7dbab3e674f59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra53e3b95b6a64fdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28811796c39542d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc14edcad648742d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra53e3b95b6a64fdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbad73456bff241ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28811796c39542d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SharkBroker World Resources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>