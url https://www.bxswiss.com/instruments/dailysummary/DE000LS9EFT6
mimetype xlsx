--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbed7dbab3e674f59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44e4c4bd8e824c98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28811796c39542d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbf9bfb87f804c97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbad73456bff241ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28811796c39542d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7504dec0350b41d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbf9bfb87f804c97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SharkBroker World Resources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>