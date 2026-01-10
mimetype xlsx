--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44e4c4bd8e824c98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06488cdb2241430b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbf9bfb87f804c97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d52ef8af10f4084"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7504dec0350b41d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbf9bfb87f804c97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8be6fc52f5c541aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d52ef8af10f4084" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SharkBroker World Resources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,331 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>