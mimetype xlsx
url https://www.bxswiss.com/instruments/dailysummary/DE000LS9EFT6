--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06488cdb2241430b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc2dbea4fd0a4bd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d52ef8af10f4084"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87dca4d459714d2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8be6fc52f5c541aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d52ef8af10f4084" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32c9096259c1467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87dca4d459714d2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SharkBroker World Resources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,331 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...288 lines deleted...]
-          <x:t>136,817</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,790</x:t>
+          <x:t>136,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>