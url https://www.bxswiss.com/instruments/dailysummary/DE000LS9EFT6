--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc2dbea4fd0a4bd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc36f3a87535d4d1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87dca4d459714d2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8082d18beae746ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32c9096259c1467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87dca4d459714d2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97b43f35bee44211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8082d18beae746ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SharkBroker World Resources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,443</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>