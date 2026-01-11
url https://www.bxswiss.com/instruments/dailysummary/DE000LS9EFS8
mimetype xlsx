--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ca9425d37984c9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3d79fe77faf4e05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17d0e9c78e474e92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ea53bb530f74b9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5d0298803574dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17d0e9c78e474e92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0e811eb8d0344fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ea53bb530f74b9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Was braucht der Mensch zum Leben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>