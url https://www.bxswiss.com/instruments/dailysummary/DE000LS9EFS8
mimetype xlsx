--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3d79fe77faf4e05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73af304fa0b04e41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ea53bb530f74b9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra837e3b6491547c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0e811eb8d0344fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ea53bb530f74b9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raff255cc403f42e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra837e3b6491547c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Was braucht der Mensch zum Leben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>203,116</x:t>
-[...75 lines deleted...]
-          <x:t>201,987</x:t>
+          <x:t>200,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>201,510</x:t>
-[...274 lines deleted...]
-          <x:t>205,484</x:t>
+          <x:t>201,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>