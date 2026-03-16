--- v2 (2026-02-22)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73af304fa0b04e41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd53caec58eb64568" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra837e3b6491547c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1c65a1f885a4d45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raff255cc403f42e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra837e3b6491547c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12ca279d326d4cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1c65a1f885a4d45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Was braucht der Mensch zum Leben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>199,747</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>199,074</x:t>
-[...463 lines deleted...]
-          <x:t>204,952</x:t>
+          <x:t>200,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>