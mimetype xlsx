--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04633c5b8b3c4a28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12011537f0e04d88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re38b8024b3204245"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28902aef45754f9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R735f806143204300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re38b8024b3204245" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb65f4ec73bee4112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28902aef45754f9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Batteriespeicher</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>