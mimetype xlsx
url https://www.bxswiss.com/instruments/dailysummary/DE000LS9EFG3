--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12011537f0e04d88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra82447417b414234" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28902aef45754f9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fcf1940ac9147ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb65f4ec73bee4112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28902aef45754f9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4478b5f38a954d1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fcf1940ac9147ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Batteriespeicher</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>340,923</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>