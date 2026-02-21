--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra82447417b414234" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raed8725650b745ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fcf1940ac9147ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c7a974b72d34753"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4478b5f38a954d1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fcf1940ac9147ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2077afed4354b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c7a974b72d34753" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Batteriespeicher</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>346,305</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...343 lines deleted...]
-          <x:t>352,900</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>