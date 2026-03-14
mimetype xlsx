--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raed8725650b745ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra41580a5af9a43f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c7a974b72d34753"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30a49f396e134541"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2077afed4354b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c7a974b72d34753" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra19ecec8923a47e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30a49f396e134541" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Batteriespeicher</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,380</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,106</x:t>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>