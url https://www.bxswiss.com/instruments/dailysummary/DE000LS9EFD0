--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8d00fa564034c8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb86bea8bf58649e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f8241b086494528"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf3f5bace2354108"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc69f3e4972b0475d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f8241b086494528" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R722c27fed44a4684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf3f5bace2354108" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autonomes Fahren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.365,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.367,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.361,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.363,379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.382,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.389,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.381,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.383,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.375,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.377,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.377,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.368,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.372,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.367,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.367,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.373,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.377,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.379,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.366,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.366,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.358,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.357,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.352,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.353,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.355,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.355,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.353,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.329,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.352,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.328,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.355,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.358,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.347,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.344,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.344,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.343,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.353,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>