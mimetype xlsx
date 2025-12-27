--- v1 (2025-10-25)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb86bea8bf58649e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec623d36aec44b27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf3f5bace2354108"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b95e2db24b34da7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R722c27fed44a4684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf3f5bace2354108" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc340f4524f504ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b95e2db24b34da7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autonomes Fahren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.361,972</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.358,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.338,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.367,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.374,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.366,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.349,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.368,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.368,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.359,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.366,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.372,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.374,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.388,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.390,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.390,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.388,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.375,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.375,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.366,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.353,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.347,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.336,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.336,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.335,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.346,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.334,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.348,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.359,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.368,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.368,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>