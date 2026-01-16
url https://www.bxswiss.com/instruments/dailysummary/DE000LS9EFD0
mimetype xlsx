--- v2 (2025-12-27)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec623d36aec44b27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54a5264b52524978" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b95e2db24b34da7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc65379864d6b4922"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc340f4524f504ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b95e2db24b34da7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref4a41889e3c4958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc65379864d6b4922" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autonomes Fahren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>1.368,115</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.347,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.336,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.336,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.335,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.346,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.334,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.348,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.359,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.368,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.368,408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.364,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.371,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.360,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.370,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.379,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.374,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.381,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.402,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.401,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.402,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.402,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.402,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.403,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.414,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.401,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.414,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.410,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.419,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.410,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.417,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.402,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.414,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.402,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.414,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.423,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.423,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.422,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.426,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.405,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.421,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.419,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.429,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.422,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>