--- v3 (2026-01-16)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54a5264b52524978" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd94dac705bad4ab5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc65379864d6b4922"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa181632dfb34b3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref4a41889e3c4958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc65379864d6b4922" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R517d618a3e5d41fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa181632dfb34b3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autonomes Fahren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>1.422,449</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.372,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.405,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.414,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.410,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.390,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.399,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.405,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.414,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.410,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.393,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.387,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.390,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.393,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.387,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.390,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.393,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.387,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.390,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.381,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.381,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.381,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.381,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.405,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.400,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.403,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.387,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.387,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.372,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.373,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.367,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.379,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.372,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.377,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.387,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>