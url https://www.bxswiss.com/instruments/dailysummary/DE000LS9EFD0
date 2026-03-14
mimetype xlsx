--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd94dac705bad4ab5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6a58f7753144e14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa181632dfb34b3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aaec589246f4e59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R517d618a3e5d41fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa181632dfb34b3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01efc312e63e45d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aaec589246f4e59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autonomes Fahren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.385,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.405,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.382,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.397,851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.387,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.396,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.383,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.391,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.401,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.393,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.410,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.426,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.422,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.422,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.401,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.367,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.379,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.348,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.346,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.355,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.358,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.355,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.357,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.344,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.368,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.343,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.368,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.341,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.319,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.343,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.319,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.343,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.366,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.375,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.388,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.381,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.366,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.375,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.374,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.388,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.373,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>