--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7856a521dac74784" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b8eff9a96374665" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dc5a73020d04fd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5df8fe0c715342b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R815e7278a7b8453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dc5a73020d04fd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R448e42303f6348fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5df8fe0c715342b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bioplastik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,903</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,874</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>