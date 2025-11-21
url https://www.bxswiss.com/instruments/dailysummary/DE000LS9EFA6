--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b8eff9a96374665" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ec08704b0fc49a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5df8fe0c715342b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd61c0e8e57064408"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R448e42303f6348fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5df8fe0c715342b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc570b53b923348b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd61c0e8e57064408" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bioplastik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>111,590</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,903</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...423 lines deleted...]
-          <x:t>110,475</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,958</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>27.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,523</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>109,874</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>