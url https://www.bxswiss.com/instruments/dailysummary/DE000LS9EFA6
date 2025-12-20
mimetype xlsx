--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ec08704b0fc49a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ccf848d1ac34f6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd61c0e8e57064408"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c0cf2fa8eb34f34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc570b53b923348b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd61c0e8e57064408" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcfca9af580141c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c0cf2fa8eb34f34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bioplastik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>