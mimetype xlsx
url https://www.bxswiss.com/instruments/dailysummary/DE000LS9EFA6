--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ccf848d1ac34f6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4c9ea49026a4a3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c0cf2fa8eb34f34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06c0fb10858a4c51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcfca9af580141c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c0cf2fa8eb34f34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb8dca5decce410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06c0fb10858a4c51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bioplastik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>