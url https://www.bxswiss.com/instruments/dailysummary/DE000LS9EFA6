--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4c9ea49026a4a3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9485e482cf534adc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06c0fb10858a4c51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbdc3258ee544b0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb8dca5decce410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06c0fb10858a4c51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07551646bf804f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbdc3258ee544b0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bioplastik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EFA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>117,166</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,200</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>119,066</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,027</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>120,611</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>