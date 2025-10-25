--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74c9d9787245473a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40c4af2e9b754247" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R733cf61d1e1c4596"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1aac35cf9be4a6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d07be0a9e584ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R733cf61d1e1c4596" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5609115f1de04920" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1aac35cf9be4a6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>