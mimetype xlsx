--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40c4af2e9b754247" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf093d2c6a2664c7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1aac35cf9be4a6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R315fdefb56524f2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5609115f1de04920" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1aac35cf9be4a6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf59302aea607456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R315fdefb56524f2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>189,518</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>