--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf093d2c6a2664c7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d0a8c2df8b34654" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R315fdefb56524f2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c56ae16ba6449e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf59302aea607456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R315fdefb56524f2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49fbe0570be94633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c56ae16ba6449e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,033</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,254</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>