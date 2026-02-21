--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d0a8c2df8b34654" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R058b547e9b3a4499" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c56ae16ba6449e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4574aa7c61304e6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49fbe0570be94633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c56ae16ba6449e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf50816ce1ede45e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4574aa7c61304e6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>198,254</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>