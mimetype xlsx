--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R058b547e9b3a4499" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46548a221bc74830" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4574aa7c61304e6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac112465887c4250"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf50816ce1ede45e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4574aa7c61304e6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fc6895776da44e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac112465887c4250" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>171,785</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>172,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,691</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,870</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>