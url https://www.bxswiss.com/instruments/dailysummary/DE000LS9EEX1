--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6175636123af412e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e6382ff6464424d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03695c23859d4edb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9deef4a449e74383"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf21bcd3b05b149f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03695c23859d4edb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1166c06c33b46b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9deef4a449e74383" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Photovoltaik-Maschinenbau</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>153,046</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,207</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>