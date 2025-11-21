--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e6382ff6464424d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33fbef6b02804b3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9deef4a449e74383"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42207fa9771b4f46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1166c06c33b46b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9deef4a449e74383" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R818e5741c5d743a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42207fa9771b4f46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Photovoltaik-Maschinenbau</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>152,865</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,718</x:t>
-[...195 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>152,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,892</x:t>
-[...43 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>151,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,528</x:t>
-[...43 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>151,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,695</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>152,041</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>