--- v2 (2025-11-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33fbef6b02804b3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6ce2a9cf38b46ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42207fa9771b4f46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8202fc39851e4978"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R818e5741c5d743a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42207fa9771b4f46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fb40447e41c4ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8202fc39851e4978" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Photovoltaik-Maschinenbau</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,674</x:t>
-[...151 lines deleted...]
-          <x:t>11.11.2025</x:t>
+          <x:t>151,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,385</x:t>
-[...198 lines deleted...]
-          <x:t>152,274</x:t>
+          <x:t>152,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>