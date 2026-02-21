--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6ce2a9cf38b46ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R094b283259e04d65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8202fc39851e4978"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1895d3cd8c54207"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fb40447e41c4ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8202fc39851e4978" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R883e242c15c74aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1895d3cd8c54207" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Photovoltaik-Maschinenbau</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>152,601</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>