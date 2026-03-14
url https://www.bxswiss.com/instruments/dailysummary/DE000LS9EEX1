--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R094b283259e04d65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref38357d7e3f4d7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1895d3cd8c54207"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0546eca036b14259"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R883e242c15c74aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1895d3cd8c54207" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R950362a2dfab44a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0546eca036b14259" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Photovoltaik-Maschinenbau</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,157</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>