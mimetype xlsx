--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b08c3152cdf4a82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6c4510832da415e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f799f00c0304dd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R115a2bc38e93434a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a3ee26bc5f4974" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f799f00c0304dd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R037669c598c4480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R115a2bc38e93434a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carbon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EER3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>95,323</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,651</x:t>
-[...539 lines deleted...]
-          <x:t>96,294</x:t>
+          <x:t>95,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>