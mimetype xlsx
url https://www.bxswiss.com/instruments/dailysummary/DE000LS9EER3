--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6c4510832da415e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cc75b542be54c05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R115a2bc38e93434a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b079b05fa5f47a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R037669c598c4480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R115a2bc38e93434a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb24fd153e7594efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b079b05fa5f47a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carbon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EER3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>100,329</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,772</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>