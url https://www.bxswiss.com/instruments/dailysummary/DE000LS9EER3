--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cc75b542be54c05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbf2371df2534ee8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b079b05fa5f47a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4995a66a5736484c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb24fd153e7594efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b079b05fa5f47a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75bf99f6af934e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4995a66a5736484c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carbon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EER3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,544 +149,139 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>107,345</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,148</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...280 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,758</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>