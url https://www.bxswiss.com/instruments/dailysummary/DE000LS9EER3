--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbf2371df2534ee8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a12f82a38464a4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4995a66a5736484c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88d6d39730b440e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75bf99f6af934e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4995a66a5736484c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaab60e1de9147c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88d6d39730b440e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carbon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EER3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>113,348</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>