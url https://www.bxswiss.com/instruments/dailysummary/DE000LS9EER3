--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a12f82a38464a4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67b8dda17a2a4739" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88d6d39730b440e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae4e40591f794eff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaab60e1de9147c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88d6d39730b440e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb48d4f196f4407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae4e40591f794eff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carbon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EER3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,727</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>